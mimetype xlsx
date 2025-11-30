--- v0 (2025-10-01)
+++ v1 (2025-11-30)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c4785ef6ba48fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d29b2a8143c4a65b5d62a1173c17c26.psmdcp" Id="R0c2e2b96020b469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50898a249358478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e51df346ec0b41e787e2817c0ae6970d.psmdcp" Id="Rd4292c5ab9594fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Journals" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="354">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="350">
   <x:si>
     <x:t>publication_title</x:t>
   </x:si>
   <x:si>
     <x:t>print_identifier</x:t>
   </x:si>
   <x:si>
     <x:t>online_identifier</x:t>
   </x:si>
   <x:si>
     <x:t>date_first_issue_online</x:t>
   </x:si>
   <x:si>
     <x:t>num_first_vol_online</x:t>
   </x:si>
   <x:si>
     <x:t>num_first_issue_online</x:t>
   </x:si>
   <x:si>
     <x:t>date_last_issue_online</x:t>
   </x:si>
   <x:si>
     <x:t>num_last_vol_online</x:t>
   </x:si>
   <x:si>
@@ -101,963 +101,951 @@
   <x:si>
     <x:t>parent_publication_id</x:t>
   </x:si>
   <x:si>
     <x:t>preceding_publication_title_id</x:t>
   </x:si>
   <x:si>
     <x:t>access_type</x:t>
   </x:si>
   <x:si>
     <x:t>Annals of Corporate Governance</x:t>
   </x:si>
   <x:si>
     <x:t>2381-6724</x:t>
   </x:si>
   <x:si>
     <x:t>2381-6732</x:t>
   </x:si>
   <x:si>
     <x:t>2016-02</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
+    <x:t>2025-11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/ACG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fulltext</x:t>
+  </x:si>
+  <x:si>
+    <x:t>now publishers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>P</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annals of Science and Technology Policy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2475-1820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2475-1812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2017-03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/ASTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APSIPA Transactions on Signal and Information Processing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2048-7703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2012-08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/SIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Critical Finance Review</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2164-5744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2164-5760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2012-01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/CFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data Envelopment Analysis Journal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2161-1823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2161-1815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021-08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/DEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Accounting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1554-0642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1554-0650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006-08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/ACC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Communications and Information Theory</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1567-2190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1567-2328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2004-06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/CIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Computer Graphics and Vision</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1572-2740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1572-2759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2005-08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/CGV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Databases</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1931-7883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1931-7891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2007-08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/DBS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Econometrics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2007-04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2024-11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/ECO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Electric Energy Systems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2332-6557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2332-6565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016-12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/EES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Electronic Design Automation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006-06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1–2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/EDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Entrepreneurship</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2005-05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/ENT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1567-2395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1567-2409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2005-07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/FIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Human-Computer Interaction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021-04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/HCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Human–Computer Interaction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2007-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023-09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Information Retrieval</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1554-0669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1554-0677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/INR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Information Systems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2331-1231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2331-124X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015-06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/ISY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Integrated Circuits and Systems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2693-9347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2693-9355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021-06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/ICS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Machine Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1935-8237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1935-8245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2008-11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/MAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2475-6946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2017-02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/MGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1555-0753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1555-0761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2007-03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/MKT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Microeconomics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1547-9846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1547-9854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2005-12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/MIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Networking</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1554-057X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1554-0588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006-04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1–3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/NET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Optimization</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2167-3888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2167-3918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014-01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/OPT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Privacy and Security</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2474-1558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2474-1566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/SEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Programming Languages</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2325-1107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2325-1131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/PGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Renewable Energy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2328-8892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2328-8906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016-07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016-11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/REN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Robotics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1935-8253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1935-8261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2009-09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/ROB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Signal Processing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1932-8346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1932-8354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2007-12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/SIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Statistics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2978-4212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2978-4220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/STA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Stochastic Systems</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2007-06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2008-08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/STO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Systems and Control</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2325-6818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2325-6826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014-03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/SYS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Technology, Information and Operations Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1571-9545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1571-9553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2005-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/TOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Theoretical Computer Science</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-305X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1551-3068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2005-04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2024-12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/TCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foundations and Trends® in Web Science</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1555-077X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1555-0788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006-09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022-11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/WEB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Review of Environmental and Resource Economics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1931-1465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1932-1473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2004-12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/IRERE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRERE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Journal of Forest Economics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1104-6899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1995-12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/JFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Journal of Historical Political Economy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2693-9290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2693-9304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/HPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Journal of Law, Finance, and Accounting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2380-5005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2380-5013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016-04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/LFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Journal of Marketing Behavior</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2326-568X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2326-5698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015-05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2020-12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/JMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Journal of Political Institutions and Political Economy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2689-4823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2689-4815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2020-03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3–4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/PIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarterly Journal of Political Science</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1554-0626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1554-0634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006-01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/QJPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QJPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Review of Behavioral Economics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2326-6198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2326-6201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.nowpublishers.com/RBE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Review of Corporate Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2693-9312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2693-9320</x:t>
+  </x:si>
+  <x:si>
     <x:t>2025-07</x:t>
-  </x:si>
-[...910 lines deleted...]
-    <x:t>2693-9320</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.nowpublishers.com/RCF</x:t>
   </x:si>
   <x:si>
     <x:t>RCF</x:t>
   </x:si>
   <x:si>
     <x:t>Strategic Behavior and the Environment</x:t>
   </x:si>
   <x:si>
     <x:t>1944-012X</x:t>
   </x:si>
   <x:si>
     <x:t>1944-0138</x:t>
   </x:si>
   <x:si>
     <x:t>2010-10</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.nowpublishers.com/SBE</x:t>
   </x:si>
@@ -1688,145 +1676,145 @@
       </x:c>
     </x:row>
     <x:row r="4" spans="1:25">
       <x:c r="A4" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="J4" s="0" t="s">
+      <x:c r="L4" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="N4" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P4" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q4" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y4" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:25">
       <x:c r="A5" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
+      <x:c r="C5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="s">
+      <x:c r="D5" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="s">
+      <x:c r="E5" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="L5" s="0" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:25">
       <x:c r="A6" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="s">
+      <x:c r="C6" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="s">
+      <x:c r="D6" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="s">
+      <x:c r="E6" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E6" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="G6" s="0" t="s">
+      <x:c r="H6" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="s">
+      <x:c r="I6" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P6" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q6" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y6" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:25">
       <x:c r="A7" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
@@ -1917,1937 +1905,1937 @@
       </x:c>
       <x:c r="Y8" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:25">
       <x:c r="A9" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="H9" s="0" t="s">
+      <x:c r="I9" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:25">
       <x:c r="A10" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N10" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P10" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y10" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:25">
       <x:c r="A11" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:25">
       <x:c r="A12" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="N12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y12" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:25">
       <x:c r="A13" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:25">
       <x:c r="A14" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y14" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:25">
       <x:c r="A15" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:25">
       <x:c r="A16" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="B16" s="0" t="s">
+      <x:c r="C16" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="s">
+      <x:c r="D16" s="0" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="L16" s="0" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P16" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y16" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:25">
       <x:c r="A17" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="B17" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="D17" s="0" t="s">
+      <x:c r="E17" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E17" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H17" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="I17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J17" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="L17" s="0" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:25">
       <x:c r="A18" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="B18" s="0" t="s">
+      <x:c r="D18" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C18" s="0" t="s">
+      <x:c r="E18" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D18" s="0" t="s">
+      <x:c r="H18" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="I18" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E18" s="0" t="s">
-[...14 lines deleted...]
-      <x:c r="J18" s="0" t="s">
+      <x:c r="L18" s="0" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P18" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q18" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y18" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:25">
       <x:c r="A19" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="B19" s="0" t="s">
+      <x:c r="C19" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C19" s="0" t="s">
+      <x:c r="D19" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:25">
       <x:c r="A20" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="s">
+      <x:c r="D20" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="s">
+      <x:c r="E20" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D20" s="0" t="s">
+      <x:c r="L20" s="0" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P20" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y20" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:25">
       <x:c r="A21" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="s">
+      <x:c r="D21" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="s">
+      <x:c r="E21" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
+      <x:c r="I21" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="E21" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="H21" s="0" t="s">
+      <x:c r="J21" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="I21" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="J21" s="0" t="s">
+      <x:c r="L21" s="0" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:25">
       <x:c r="A22" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="s">
+      <x:c r="C22" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="s">
+      <x:c r="E22" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="s">
+      <x:c r="H22" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="s">
-[...14 lines deleted...]
-      <x:c r="J22" s="0" t="s">
+      <x:c r="L22" s="0" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P22" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y22" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:25">
       <x:c r="A23" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="B23" s="0" t="s">
+      <x:c r="C23" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C23" s="0" t="s">
+      <x:c r="D23" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="L23" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
       <x:c r="N23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:25">
       <x:c r="A24" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="B24" s="0" t="s">
+      <x:c r="C24" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C24" s="0" t="s">
+      <x:c r="D24" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="L24" s="0" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="N24" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P24" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q24" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y24" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:25">
       <x:c r="A25" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="B25" s="0" t="s">
+      <x:c r="C25" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C25" s="0" t="s">
+      <x:c r="D25" s="0" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="J25" s="0" t="s">
+      <x:c r="L25" s="0" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="N25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:25">
       <x:c r="A26" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="B26" s="0" t="s">
+      <x:c r="C26" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C26" s="0" t="s">
+      <x:c r="D26" s="0" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="L26" s="0" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="N26" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P26" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q26" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y26" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:25">
       <x:c r="A27" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="B27" s="0" t="s">
+      <x:c r="C27" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C27" s="0" t="s">
+      <x:c r="D27" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="L27" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="N27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:25">
       <x:c r="A28" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="B28" s="0" t="s">
+      <x:c r="C28" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C28" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="L28" s="0" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="N28" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P28" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q28" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y28" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:25">
       <x:c r="A29" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="B29" s="0" t="s">
+      <x:c r="C29" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="C29" s="0" t="s">
+      <x:c r="D29" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="D29" s="0" t="s">
+      <x:c r="E29" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F29" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G29" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="E29" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="G29" s="0" t="s">
+      <x:c r="H29" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I29" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J29" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="H29" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="J29" s="0" t="s">
+      <x:c r="L29" s="0" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:25">
       <x:c r="A30" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="B30" s="0" t="s">
+      <x:c r="C30" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C30" s="0" t="s">
+      <x:c r="D30" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D30" s="0" t="s">
+      <x:c r="E30" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F30" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G30" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H30" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E30" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="G30" s="0" t="s">
+      <x:c r="I30" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="J30" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="H30" s="0" t="s">
+      <x:c r="L30" s="0" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P30" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q30" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y30" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:25">
       <x:c r="A31" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="B31" s="0" t="s">
+      <x:c r="E31" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G31" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="I31" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C31" s="0" t="s">
+      <x:c r="L31" s="0" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="N31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:25">
       <x:c r="A32" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="N32" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P32" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q32" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y32" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:25">
       <x:c r="A33" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="B33" s="0" t="s">
+      <x:c r="E33" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F33" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C33" s="0" t="s">
+      <x:c r="H33" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I33" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D33" s="0" t="s">
+      <x:c r="L33" s="0" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="N33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:25">
       <x:c r="A34" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C34" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="B34" s="0" t="s">
+      <x:c r="E34" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G34" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H34" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="I34" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C34" s="0" t="s">
+      <x:c r="J34" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D34" s="0" t="s">
+      <x:c r="L34" s="0" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P34" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q34" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y34" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:25">
       <x:c r="A35" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:25">
       <x:c r="A36" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C36" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E36" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F36" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G36" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="B36" s="0" t="s">
+      <x:c r="H36" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C36" s="0" t="s">
+      <x:c r="I36" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J36" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D36" s="0" t="s">
+      <x:c r="L36" s="0" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
       <x:c r="N36" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P36" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q36" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y36" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:25">
       <x:c r="A37" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="B37" s="0" t="s">
+      <x:c r="E37" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F37" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G37" s="0" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:25">
       <x:c r="A38" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="B38" s="0" t="s">
+      <x:c r="E38" s="0" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="N38" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P38" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q38" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y38" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:25">
       <x:c r="A39" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="B39" s="0" t="s">
+      <x:c r="I39" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D39" s="0" t="s">
+      <x:c r="L39" s="0" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
       <x:c r="N39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:25">
       <x:c r="A40" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I40" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="I40" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J40" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="N40" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P40" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q40" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y40" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:25">
       <x:c r="A41" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C41" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="B41" s="0" t="s">
+      <x:c r="E41" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F41" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G41" s="0" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:25">
       <x:c r="A42" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C42" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="B42" s="0" t="s">
+      <x:c r="E42" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F42" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G42" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C42" s="0" t="s">
+      <x:c r="H42" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I42" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D42" s="0" t="s">
+      <x:c r="J42" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="E42" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="G42" s="0" t="s">
+      <x:c r="L42" s="0" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P42" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q42" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y42" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:25">
       <x:c r="A43" s="0" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="B43" s="0" t="s">
+      <x:c r="E43" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F43" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G43" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="I43" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C43" s="0" t="s">
+      <x:c r="J43" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D43" s="0" t="s">
+      <x:c r="L43" s="0" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:25">
       <x:c r="A44" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P44" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q44" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y44" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:25">
       <x:c r="A45" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:25">
       <x:c r="A46" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P46" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q46" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y46" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:25">
       <x:c r="A47" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="N47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:25">
       <x:c r="A48" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G48" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H48" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="I48" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J48" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="L48" s="0" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
       <x:c r="N48" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P48" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q48" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y48" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:25">
       <x:c r="A49" s="0" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G49" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I49" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="L49" s="0" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
       <x:c r="N49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Y49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 